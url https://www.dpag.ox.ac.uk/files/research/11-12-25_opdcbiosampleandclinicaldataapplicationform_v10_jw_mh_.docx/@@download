--- v0 (2026-01-09)
+++ v1 (2026-02-25)
@@ -417,79 +417,70 @@
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A1D6A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Oxford Parkinson’s Disease Centre,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1550A28B" w14:textId="34250EFC" w:rsidR="00B96C4A" w:rsidRPr="005A1D6A" w:rsidRDefault="00B96C4A" w:rsidP="00B96C4A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="005A1D6A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00345656" w:rsidRPr="005A1D6A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">ivision </w:t>
       </w:r>
       <w:r w:rsidRPr="005A1D6A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r w:rsidR="00345656" w:rsidRPr="005A1D6A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Neurology,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="318897EB" w14:textId="0C81774B" w:rsidR="00345656" w:rsidRPr="005A1D6A" w:rsidRDefault="00345656" w:rsidP="00B96C4A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A1D6A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Helvetica"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
@@ -1060,127 +1051,99 @@
         </w:rPr>
         <w:t xml:space="preserve">natural history </w:t>
       </w:r>
       <w:r w:rsidRPr="008B455A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">study </w:t>
       </w:r>
       <w:r w:rsidR="00D3432E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">that </w:t>
       </w:r>
       <w:r w:rsidRPr="008B455A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>recruit</w:t>
       </w:r>
       <w:r w:rsidR="00D3432E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">ed </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>ed the majority of PD</w:t>
+      </w:r>
+      <w:r w:rsidR="007977AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00D3432E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
-        <w:t>the majority of</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B455A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">articipants from </w:t>
+      </w:r>
       <w:r w:rsidR="00D3432E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> PD</w:t>
+        <w:t xml:space="preserve">2010-2015 </w:t>
       </w:r>
       <w:r w:rsidR="007977AF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
+        <w:t>from</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B455A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D3432E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
-        <w:t>p</w:t>
+        <w:t xml:space="preserve">a 2.1 million </w:t>
       </w:r>
       <w:r w:rsidRPr="008B455A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">articipants from </w:t>
-[...43 lines deleted...]
-        <w:t xml:space="preserve"> Valley</w:t>
+        <w:t xml:space="preserve"> Thames Valley</w:t>
       </w:r>
       <w:r w:rsidR="0082013F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D3432E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">population base </w:t>
       </w:r>
       <w:r w:rsidR="0082013F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>within 3.5 years of diagnosis</w:t>
       </w:r>
       <w:r w:rsidRPr="008B455A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">.  It links closely with the national </w:t>
       </w:r>
@@ -1532,127 +1495,105 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="006B0C0D" w:rsidRPr="00136837">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Disord</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="006B0C0D" w:rsidRPr="00136837">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2014, </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="006B0C0D" w:rsidRPr="00136837">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>https://pubmed.ncbi.nlm.nih.gov/24183678/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="006B0C0D" w:rsidRPr="00136837">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>) ,</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> Baig F et al, Delineating Non-Motor Symptoms in Early Parkinson’s Disease and First-Degree Relatives. </w:t>
+        <w:t xml:space="preserve">) , Baig F et al, Delineating Non-Motor Symptoms in Early Parkinson’s Disease and First-Degree Relatives. </w:t>
       </w:r>
       <w:r w:rsidR="006B0C0D" w:rsidRPr="00136837">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Mov </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="006B0C0D" w:rsidRPr="00136837">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>Disord</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="006B0C0D" w:rsidRPr="00136837">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2015, </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="006B0C0D" w:rsidRPr="00136837">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>https://pubmed.ncbi.nlm.nih.gov/26179331/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006B0C0D" w:rsidRPr="00136837">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Barber TR et al, Prodromal Parkinsonism and neurodegenerative risk stratification in REM sleep behaviour disorder. Sleep</w:t>
       </w:r>
       <w:r w:rsidR="006B0C0D" w:rsidRPr="00136837">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006B0C0D" w:rsidRPr="00136837">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>2017 Aug 1;40(8</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">071; </w:t>
+        <w:t xml:space="preserve">2017 Aug 1;40(8):zsx071; </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="006B0C0D" w:rsidRPr="00136837">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>https://dx.doi.org/10.1093/sleep/zsx071</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="651C4A95" w14:textId="0FF0D163" w:rsidR="00311DC3" w:rsidRPr="005A1D6A" w:rsidRDefault="00311DC3" w:rsidP="00311DC3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6759B5E5" w14:textId="3735F775" w:rsidR="006B0C0D" w:rsidRPr="00136837" w:rsidRDefault="006B0C0D" w:rsidP="006B0C0D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -1869,71 +1810,57 @@
         </w:rPr>
         <w:t xml:space="preserve">are </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">now </w:t>
       </w:r>
       <w:r w:rsidR="00B96C4A" w:rsidRPr="00B94C2B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">stored </w:t>
       </w:r>
       <w:r w:rsidR="00E86D0C" w:rsidRPr="00B94C2B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">in the Nuffield Department of Clinical Neurosciences </w:t>
       </w:r>
       <w:r w:rsidR="00B96C4A" w:rsidRPr="00B94C2B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">at the University of </w:t>
-[...6 lines deleted...]
-        <w:t>Oxford</w:t>
+        <w:t>at the University of Oxford</w:t>
       </w:r>
       <w:r w:rsidR="007977AF" w:rsidRPr="00B94C2B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
-        <w:t>, and</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> are part of the Oxford Brain Bank governance structure</w:t>
+        <w:t>, and are part of the Oxford Brain Bank governance structure</w:t>
       </w:r>
       <w:r w:rsidR="0073109F" w:rsidRPr="00B94C2B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00B96C4A" w:rsidRPr="00B94C2B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">The DNA and frozen </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B96C4A" w:rsidRPr="00B94C2B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>biosamples</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B96C4A" w:rsidRPr="00B94C2B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
@@ -2133,119 +2060,101 @@
       <w:r w:rsidRPr="00136837">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Conditions</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25195BBE" w14:textId="3E4ED16E" w:rsidR="005B00FE" w:rsidRPr="005A1D6A" w:rsidRDefault="00345656" w:rsidP="00242ACE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0073109F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> It</w:t>
       </w:r>
       <w:r w:rsidR="00B96C4A" w:rsidRPr="0073109F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> is </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">a </w:t>
+        <w:t xml:space="preserve"> is a </w:t>
       </w:r>
       <w:r w:rsidR="001535DA" w:rsidRPr="0073109F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="001535DA" w:rsidRPr="0073109F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="001535DA" w:rsidRPr="0073109F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B96C4A" w:rsidRPr="0073109F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>condition of receiving data and/or samples</w:t>
       </w:r>
       <w:r w:rsidR="00B96C4A" w:rsidRPr="00136837">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> that you return information </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="0075358C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">including </w:t>
       </w:r>
       <w:r w:rsidR="00B96C4A" w:rsidRPr="00136837">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> results</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> of assays, gene test studies, and similar</w:t>
+        <w:t xml:space="preserve"> results of assays, gene test studies, and similar</w:t>
       </w:r>
       <w:r w:rsidR="00B96C4A" w:rsidRPr="005A1D6A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>, and the methods for obtaining derived variables such as with the clinical dataset, to the OPDC clinical consortium</w:t>
       </w:r>
       <w:r w:rsidR="001535DA" w:rsidRPr="005A1D6A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">; except in the case where </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="001535DA" w:rsidRPr="005A1D6A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>iPSc</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="001535DA" w:rsidRPr="005A1D6A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
@@ -2940,69 +2849,61 @@
     </w:p>
     <w:p w14:paraId="0988A7AC" w14:textId="77777777" w:rsidR="00B96C4A" w:rsidRDefault="005B00FE" w:rsidP="00B96C4A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00242ACE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>Additional co-investigators/ c</w:t>
       </w:r>
       <w:r w:rsidR="00B96C4A" w:rsidRPr="00242ACE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">ollaborators </w:t>
       </w:r>
       <w:r w:rsidRPr="00242ACE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">(both inside and </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00B96C4A" w:rsidRPr="00242ACE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">outside </w:t>
       </w:r>
       <w:r w:rsidRPr="00242ACE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+        <w:t xml:space="preserve"> of  </w:t>
       </w:r>
       <w:r w:rsidR="00242ACE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="00242ACE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">PI’s primary </w:t>
       </w:r>
       <w:r w:rsidR="00B96C4A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>institution:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A952EB3" w14:textId="77777777" w:rsidR="00B96C4A" w:rsidRDefault="00B96C4A" w:rsidP="00B96C4A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
@@ -3793,79 +3694,51 @@
         </w:rPr>
         <w:t>A large amount of clinical anonymised information to assess motor, non-motor and cognitive function is currently collected at baseline</w:t>
       </w:r>
       <w:r w:rsidR="006864CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> and at longitudinal 18 monthly visits</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> in control, PD, PD relative and RBD subjects.</w:t>
       </w:r>
       <w:r w:rsidR="006864CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E56132">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">Study arms and visits requested are to be indicated in the table below. By </w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">) diagnosis post recruitment and those who converted to be PD from other arms of the study (e.g., the RBD arm). Should you require data from the re-diagnosed subjects and/or the converters, please state this in the table below. A </w:t>
+        <w:t xml:space="preserve">Study arms and visits requested are to be indicated in the table below. By default clinical data extracts for the PD arm exclude subjects who have received an alternate (i.e., non PD) diagnosis post recruitment and those who converted to be PD from other arms of the study (e.g., the RBD arm). Should you require data from the re-diagnosed subjects and/or the converters, please state this in the table below. A </w:t>
       </w:r>
       <w:r w:rsidR="006864CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">full data inventory and dictionary is provided </w:t>
       </w:r>
       <w:r w:rsidR="006864CB" w:rsidRPr="006B0C0D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">alongside this </w:t>
       </w:r>
       <w:r w:rsidR="006864CB" w:rsidRPr="000F0FE4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">application form (see </w:t>
       </w:r>
       <w:r w:rsidR="006864CB" w:rsidRPr="005A1D6A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>OPDCDiscoveryCohort_ClinicalDataRequest</w:t>
       </w:r>
@@ -5456,69 +5329,51 @@
               </w:rPr>
               <w:t xml:space="preserve">OPDC: </w:t>
             </w:r>
             <w:r w:rsidR="0075358C" w:rsidRPr="0064412D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>NA</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0E8C5624" w14:textId="4234B1B1" w:rsidR="00A11BCE" w:rsidRPr="0064412D" w:rsidRDefault="00A11BCE" w:rsidP="00A11BCE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0064412D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>Tracking:(</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> there is only 1 cross-sectional sample timepoint)</w:t>
+              <w:t>Tracking:(note: there is only 1 cross-sectional sample timepoint)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A11BCE" w:rsidRPr="005A1D6A" w14:paraId="36D70CA7" w14:textId="77777777" w:rsidTr="00136837">
         <w:trPr>
           <w:trHeight w:val="1532"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="70D5A19E" w14:textId="2432E3FF" w:rsidR="00A11BCE" w:rsidRPr="00B94C2B" w:rsidRDefault="00A11BCE" w:rsidP="00A11BCE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B94C2B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
               </w:rPr>
@@ -6792,117 +6647,117 @@
         </w:rPr>
         <w:t>We aim to provide data-only and “bulk data” files applications within 1 month of receipt of payment and a valid DTA/MTA. MRI and biosample requests will be provided within 6 weeks of payment receipt and a valid DTA/MTA</w:t>
       </w:r>
       <w:r w:rsidR="00A11BCE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>. This may be subject to change depending on number of applications being processed at one given time.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="005275F0" w:rsidRPr="00163682" w:rsidSect="00031CDA">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="993" w:right="1800" w:bottom="1440" w:left="1800" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="decorative"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="4D"/>
-    <w:family w:val="decorative"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000785B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6CA0C2B8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7582,102 +7437,104 @@
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="416171297">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1349403825">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1185821298">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="757562894">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="967736952">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="834763327">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="98"/>
+  <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00163B55"/>
     <w:rsid w:val="0002748C"/>
     <w:rsid w:val="00031CDA"/>
+    <w:rsid w:val="000452FD"/>
     <w:rsid w:val="0004605D"/>
     <w:rsid w:val="00065F30"/>
     <w:rsid w:val="0007210B"/>
     <w:rsid w:val="00080A83"/>
     <w:rsid w:val="00082D94"/>
     <w:rsid w:val="000E04B4"/>
     <w:rsid w:val="000F0FE4"/>
     <w:rsid w:val="000F2098"/>
     <w:rsid w:val="000F588C"/>
     <w:rsid w:val="000F71C5"/>
     <w:rsid w:val="00101137"/>
     <w:rsid w:val="001270EB"/>
     <w:rsid w:val="00136837"/>
     <w:rsid w:val="001535DA"/>
     <w:rsid w:val="001625B9"/>
     <w:rsid w:val="00163682"/>
     <w:rsid w:val="00163B55"/>
     <w:rsid w:val="00167546"/>
     <w:rsid w:val="001A4892"/>
     <w:rsid w:val="001A50AD"/>
     <w:rsid w:val="001B60B1"/>
     <w:rsid w:val="001E7E73"/>
     <w:rsid w:val="001F1EED"/>
     <w:rsid w:val="00205495"/>
     <w:rsid w:val="00242ACE"/>
     <w:rsid w:val="002635AF"/>
     <w:rsid w:val="0027622F"/>
     <w:rsid w:val="002977EE"/>
     <w:rsid w:val="002B3995"/>
     <w:rsid w:val="002B7922"/>
     <w:rsid w:val="002F1B9B"/>
     <w:rsid w:val="0030311E"/>
     <w:rsid w:val="00311DC3"/>
     <w:rsid w:val="00345656"/>
+    <w:rsid w:val="00386D67"/>
     <w:rsid w:val="00392054"/>
     <w:rsid w:val="003B45AC"/>
     <w:rsid w:val="003C3EA7"/>
     <w:rsid w:val="00432677"/>
     <w:rsid w:val="00486757"/>
     <w:rsid w:val="004B5FAA"/>
     <w:rsid w:val="004C2F26"/>
     <w:rsid w:val="004D2D81"/>
     <w:rsid w:val="004D2DFB"/>
     <w:rsid w:val="0050250E"/>
     <w:rsid w:val="00511B53"/>
     <w:rsid w:val="00517A54"/>
     <w:rsid w:val="005275F0"/>
     <w:rsid w:val="00566DC8"/>
     <w:rsid w:val="00580F53"/>
     <w:rsid w:val="00581040"/>
     <w:rsid w:val="005A1D6A"/>
     <w:rsid w:val="005B00FE"/>
     <w:rsid w:val="005C0C03"/>
     <w:rsid w:val="005C2531"/>
     <w:rsid w:val="005C3EF3"/>
     <w:rsid w:val="005F4498"/>
     <w:rsid w:val="0064412D"/>
     <w:rsid w:val="00662050"/>
     <w:rsid w:val="00662E32"/>